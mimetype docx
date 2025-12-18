--- v0 (2025-10-12)
+++ v1 (2025-12-18)
@@ -1,3735 +1,3443 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="00736C13" w:rsidRPr="00443787" w:rsidRDefault="00736C13" w:rsidP="00736C13">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00443787">
+    <w:p w14:paraId="70AC7816">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>附件：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001519A6" w:rsidRDefault="001519A6" w:rsidP="001519A6">
+    <w:p w14:paraId="68FED216">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="方正黑体_GBK" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="方正黑体_GBK"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001519A6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="方正黑体_GBK" w:hAnsi="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="方正黑体_GBK"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="44"/>
         </w:rPr>
-        <w:t>2020</w:t>
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="方正黑体_GBK" w:hAnsi="Times New Roman"/>
+        <w:t>2020年度江苏省工业设计中心（示范园区）拟认定名单和复核通过名单</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AC59C36">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="方正黑体_GBK"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00443787">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="方正黑体_GBK" w:hAnsi="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="方正黑体_GBK"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>一、</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="方正黑体_GBK" w:hAnsi="Times New Roman"/>
+        <w:t>一、2020年度江苏省工业设计中心拟认定名单</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36A3BA21">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="方正楷体_GBK"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>2020</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="方正黑体_GBK" w:hAnsi="Times New Roman"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="方正楷体_GBK"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>年度江苏省工业设计中心拟认定名单</w:t>
-[...99 lines deleted...]
-      <w:r w:rsidRPr="00443787">
+        <w:t>1.工业企业（87家）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C6C7B7D">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>艾欧史密斯(中国)环境电器有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E12606D">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>中国能源建设集团南京线路器材有限公司</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00736C13" w:rsidRPr="00443787" w:rsidRDefault="00736C13" w:rsidP="00736C13">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00443787">
+    <w:p w14:paraId="262DA1B2">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>南京有多利科技发展有限公司</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00736C13" w:rsidRPr="00443787" w:rsidRDefault="00736C13" w:rsidP="00736C13">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00443787">
+    <w:p w14:paraId="231A1E1E">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>南京泰晟科技实业有限公司</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00736C13" w:rsidRPr="00443787" w:rsidRDefault="00736C13" w:rsidP="00736C13">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00443787">
+    <w:p w14:paraId="15F98E11">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>南京英尼格玛工业自动化技术有限公司</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00736C13" w:rsidRPr="00443787" w:rsidRDefault="00736C13" w:rsidP="00736C13">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00443787">
+    <w:p w14:paraId="0FD39869">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>南京华脉科技股份有限公司</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00736C13" w:rsidRPr="00443787" w:rsidRDefault="00736C13" w:rsidP="00736C13">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00443787">
+    <w:p w14:paraId="7E30FDB2">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>江苏新扬子造船有限公司</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00736C13" w:rsidRPr="00443787" w:rsidRDefault="00736C13" w:rsidP="00736C13">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00443787">
+    <w:p w14:paraId="745014F6">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>无锡意凯自动化技术有限公司</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00736C13" w:rsidRPr="00443787" w:rsidRDefault="00736C13" w:rsidP="00736C13">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00443787">
+    <w:p w14:paraId="259CDB02">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>徐州威卡电子控制技术有限公司</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00736C13" w:rsidRPr="00443787" w:rsidRDefault="00736C13" w:rsidP="00736C13">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00443787">
+    <w:p w14:paraId="7ECCA686">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>徐州徐工汽车制造有限公司</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00736C13" w:rsidRPr="00443787" w:rsidRDefault="00736C13" w:rsidP="00736C13">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00443787">
+    <w:p w14:paraId="1E32EE9C">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>江苏省精创电气股份有限公司</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00736C13" w:rsidRPr="00443787" w:rsidRDefault="00736C13" w:rsidP="00736C13">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00443787">
+    <w:p w14:paraId="31563DB2">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>徐州市永康电子科技有限公司</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00736C13" w:rsidRPr="00443787" w:rsidRDefault="00736C13" w:rsidP="00736C13">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00443787">
+    <w:p w14:paraId="734E63CF">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>徐州市科诺医学仪器设备有限公司</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00736C13" w:rsidRPr="00443787" w:rsidRDefault="00736C13" w:rsidP="00736C13">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00443787">
+    <w:p w14:paraId="706B06DE">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>徐州华恒机器人系统有限公司</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00736C13" w:rsidRPr="00443787" w:rsidRDefault="00736C13" w:rsidP="00736C13">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00443787">
+    <w:p w14:paraId="640EC4F9">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>江苏伟业铝材有限公司</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00736C13" w:rsidRPr="00443787" w:rsidRDefault="00736C13" w:rsidP="00736C13">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00443787">
+    <w:p w14:paraId="3959982E">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>常州亚玛顿股份有限公司</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00736C13" w:rsidRPr="00443787" w:rsidRDefault="00736C13" w:rsidP="00736C13">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00443787">
+    <w:p w14:paraId="637F3D1A">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>江苏慕林智能电器有限公司</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00736C13" w:rsidRPr="00443787" w:rsidRDefault="00736C13" w:rsidP="00736C13">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00443787">
+    <w:p w14:paraId="47DBF487">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>江苏晶雪节能科技股份有限公司</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00736C13" w:rsidRPr="00443787" w:rsidRDefault="00736C13" w:rsidP="00736C13">
-[...15 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="7416E6D8">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
         <w:t>常州市天方印刷有限公司</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00736C13" w:rsidRPr="00443787" w:rsidRDefault="00736C13" w:rsidP="00736C13">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00443787">
+    <w:p w14:paraId="2B5456BC">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>常州敏杰电器有限公司</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00736C13" w:rsidRPr="00443787" w:rsidRDefault="00736C13" w:rsidP="00736C13">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00443787">
+    <w:p w14:paraId="3847B220">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>溧阳市四方不锈钢制品有限公司</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00736C13" w:rsidRPr="00443787" w:rsidRDefault="00736C13" w:rsidP="00736C13">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00443787">
+    <w:p w14:paraId="47958D9F">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>常州市怡江汽车部件有限公司</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00736C13" w:rsidRPr="00443787" w:rsidRDefault="00736C13" w:rsidP="00736C13">
-[...2338 lines deleted...]
-    <w:p w:rsidR="000F3FCB" w:rsidRPr="00736C13" w:rsidRDefault="000F3FCB">
+    <w:p w14:paraId="608EB116">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>常州同惠电子股份有</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>限</w:t>
+      </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-    </w:p>
-    <w:sectPr w:rsidR="000F3FCB" w:rsidRPr="00736C13">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62030C59">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>良正阀门有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DF5355E">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>溧阳中纺联针织有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02993FF8">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>中车戚墅堰机车有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CFE03E6">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>常州市新创智能科技有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09AD0EB0">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>江苏金旺智能科技有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F870E95">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>常州市赛尔交通器材有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="465671D8">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>江苏国粮仓储工程有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DA5D339">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>江苏冠宇机械设备制造有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="347CF5D7">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>江苏铭丰电子材料科技有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="051D7527">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>常州汉德机车工业有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="173DD86A">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>吴江变压器有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="187D441C">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>苏州阿特斯阳光电力科技有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5382262E">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>苏州精濑光电有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5818A3F4">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>中广核达胜加速器技术有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23EFBDFD">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>江苏新安电器股份有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07A8941F">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>歌拉瑞电梯股份有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="471B7597">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>常熟市汽车饰件股份有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09CEE509">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>江苏华佳丝绸股份有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55260EAA">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>红壹佰照明有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="022367E1">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>苏州世纪福智能装备股份有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BDD40CB">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>普源精电科技股份有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22AF01AC">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>苏州阿诺精密切削技术有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1903D285">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>江苏金帆电源科技有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CDDCA85">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>苏州中瑞智创三维科技股份有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F837ABF">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>苏州优德通力科技有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="438EF6C6">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>苏州三光科技股份有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EEC0CBD">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>苏州韩博厨房电器科技有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="498EAA8A">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>江苏千里马袜业有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42E1B544">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>苏州瀚川智能科技股份有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="746C28FE">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>江苏北人机器人系统股份有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D96CD07">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>苏州市山水丝绸有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F2234B5">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>苏州巨联环保有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17135477">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>江苏迪飞达电子有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="439CEFDB">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>江苏凯灵纺织科技研发中心有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6ADE7D69">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>梦百合家居科技股份有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68F04CD4">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>南通星球石墨股份有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EB770FC">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>江苏西德电梯有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55BB42BF">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>庆鼎精密电子（淮安）有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56308D82">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>江苏今世缘酒业股份有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D8FAD63">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>江苏铭星供水设备有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52FEE474">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>江苏明通福路流体控制设备有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42DB20BF">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>江苏圣业阀门有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A4D848D">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>东台市富安合成材料有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E01BCB8">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>盐城市艾斯特体育器材有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39C8FD7C">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>江苏丰信航空设备制造有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="136AA08B">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>扬力集团股份有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B0A23A8">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>扬州万方电子技术有限责任公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34ACDDCC">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>宝胜科技创新股份有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="346B0FD8">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>江苏华伦化工有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FC0C5C9">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>倍加洁集团股份有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57E01C31">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>中船动力有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C619DFA">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>江苏凯德电控科技有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="161E394B">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>江苏远燕医疗设备有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2837CCF5">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>冈田精机丹阳有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="244F37D6">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>江苏张驰轮毂制造有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C063C6B">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>昆山联滔电子有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B375EB0">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>江苏中信博新能源科技股份有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CB874BF">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>樱花卫厨（中国）股份有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4ED9412D">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>昆山市诚泰电气股份有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6431D489">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>勋龙智造精密应用材料（苏州）股份有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BA56C90">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>江苏泰隆减速机股份有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CCBB5E9">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>江苏晨光数控机床有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B25CEB2">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>江苏腾盛纺织科技集团有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="386FB8B3">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>正将自动化设备（江苏）有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02209229">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="方正楷体_GBK"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="方正楷体_GBK"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>2.工业设计企业（4家）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A6B3149">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>徐州观韵工业设计有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C71DD27">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>苏州轩昂工业设计有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2677C733">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>苏州睿梵工业设计有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C23B8F1">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>苏州博弈工业产品设计有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D05F0D5">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="方正黑体_GBK"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="方正黑体_GBK"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>二、2020年</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="方正黑体_GBK"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>度</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="方正黑体_GBK"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>江苏省工业设计中心（示范园</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="方正黑体_GBK"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>区</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="方正黑体_GBK"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>）复核通过名单</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="191DB132">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="方正楷体_GBK"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="方正楷体_GBK"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>1.工业企业（35家）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52FFD04A">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>江苏高淳陶瓷股份有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C6F474C">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>江苏苏美达五金工具有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="413A088A">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>南京普爱医疗设备股份有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="246BF590">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>南京天加环境科技有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="305582C4">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>南京迈瑞生物医疗电子有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E321CC8">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>长安马自达汽车有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FAC9A92">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>宜兴乐威牛仔布有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="741BCED6">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>无锡信捷电气股份有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DF90A18">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>江苏通用科技股份有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A523213">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>江苏红豆实业股份有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7843E9F9">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>无锡华东重型机械有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36C3A87C">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>徐工集团工程机械股份有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F8FD3CC">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>江苏金彭车业有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="318200CA">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>常州市星宇车灯股份有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29DC11EB">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>江苏金刚文化科技集团股份有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7332A0A7">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>江苏精研科技股份有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40409E9F">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>雅鹿集团股份有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2690D0B4">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>好孩子儿童用品有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C610242">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>苏州腾晖光伏技术有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47C1A744">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>江苏通鼎宽带有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BA109A5">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>苏州爱普电器有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27149488">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>苏州纽威阀门股份有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C17BEE1">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>南通亚振东方家具有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="558CAE48">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>南通中远海运船务工程有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4366CFF0">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>南通铁人运动用品有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DBFCBD4">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>南通中远海运川崎船舶工程有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CB967E9">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>江苏联发纺织股份有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D8956D2">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>江苏共创人造草坪股份有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="111C77E1">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>江苏中恒宠物用品股份有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27EAF2D9">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>江苏柚尊家具制造有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43A787A4">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>江苏谷登工程机械装备有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="532FFE0B">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>扬州扬杰电子科技股份有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79C833D5">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>江苏迅捷装具科技有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12C77953">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>泰州苏中天线集团有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FE2B28D">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>江苏南瑞泰事达电气有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="384DCF6A">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="方正楷体_GBK"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="方正楷体_GBK"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>2.工业设计企业（3家）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52B34D1A">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>江苏鼎艺国际文化创意产业有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1697A083">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>苏州奥杰汽车技术股份有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CD888E4">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>南通诺德瑞海洋工程研究院有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D836079">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="方正楷体_GBK"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="方正楷体_GBK"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>3.工业设计示范园</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="方正楷体_GBK"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>区</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="方正楷体_GBK"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>（3家）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2938EF1E">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>无锡（国家）工业设计园</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="383217B8">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>南通家纺城</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="274A97B9">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>盐城大丰东方1号创意产业园</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45D359E1"/>
+    <w:sectPr>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="851" w:footer="992" w:gutter="0"/>
-      <w:cols w:space="425"/>
-      <w:docGrid w:type="lines" w:linePitch="312"/>
+      <w:cols w:space="425" w:num="1"/>
+      <w:docGrid w:type="lines" w:linePitch="312" w:charSpace="0"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-[...1 lines deleted...]
-    <w:p w:rsidR="00367004" w:rsidRDefault="00367004" w:rsidP="001519A6">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+  <w:endnote w:type="separator" w:id="0">
+    <w:p>
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
-  <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00367004" w:rsidRDefault="00367004" w:rsidP="001519A6">
+  <w:endnote w:type="continuationSeparator" w:id="1">
+    <w:p>
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
-[...14 lines deleted...]
-  </w:font>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20007A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="宋体">
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000006" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="01"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
+  </w:font>
+  <w:font w:name="黑体">
+    <w:panose1 w:val="02010609060101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="01"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="2000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="方正仿宋_GBK">
+    <w:altName w:val="Arial Unicode MS"/>
     <w:panose1 w:val="03000509000000000000"/>
     <w:charset w:val="86"/>
     <w:family w:val="script"/>
-    <w:pitch w:val="fixed"/>
-[...9 lines deleted...]
-    <w:sig w:usb0="00000001" w:usb1="080E0000" w:usb2="00000010" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000010" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="方正黑体_GBK">
     <w:altName w:val="Arial Unicode MS"/>
     <w:panose1 w:val="03000509000000000000"/>
     <w:charset w:val="86"/>
     <w:family w:val="script"/>
-    <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="00000001" w:usb1="080E0000" w:usb2="00000010" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000010" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="方正楷体_GBK">
+    <w:altName w:val="Arial Unicode MS"/>
     <w:panose1 w:val="03000509000000000000"/>
     <w:charset w:val="86"/>
     <w:family w:val="script"/>
-    <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="00000001" w:usb1="080E0000" w:usb2="00000010" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000010" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-[...4 lines deleted...]
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  <w:font w:name="Arial Unicode MS">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="FFFFFFFF" w:usb1="E9FFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="603F01FF" w:csb1="FFFF0000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-[...1 lines deleted...]
-    <w:p w:rsidR="00367004" w:rsidRDefault="00367004" w:rsidP="001519A6">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+  <w:footnote w:type="separator" w:id="0">
+    <w:p>
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00367004" w:rsidRDefault="00367004" w:rsidP="001519A6">
+  <w:footnote w:type="continuationSeparator" w:id="1">
+    <w:p>
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
-  <w:bordersDoNotSurroundHeader/>
-  <w:bordersDoNotSurroundFooter/>
+  <w:bordersDoNotSurroundHeader w:val="1"/>
+  <w:bordersDoNotSurroundFooter w:val="1"/>
+  <w:documentProtection w:enforcement="0"/>
   <w:defaultTabStop w:val="420"/>
   <w:drawingGridVerticalSpacing w:val="156"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
-  <w:hdrShapeDefaults>
-[...1 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
-    <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
+    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
-    <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
+    <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
+  <w:docVars>
+    <w:docVar w:name="commondata" w:val="eyJoZGlkIjoiNTQ4YjJmZDQ2ZjMzOWMzNDcwZjliMGQ5OTljMTA5ZjkifQ=="/>
+  </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00736C13"/>
     <w:rsid w:val="000F3FCB"/>
     <w:rsid w:val="001519A6"/>
     <w:rsid w:val="00367004"/>
     <w:rsid w:val="0070797F"/>
     <w:rsid w:val="00736C13"/>
+    <w:rsid w:val="68C970B7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:shapeDefaults>
-[...8 lines deleted...]
-  <w15:docId w15:val="{B9EFF267-BC9A-4F1D-8263-248A6FC0E6A4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...3 lines deleted...]
-        <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...370 lines deleted...]
-    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+  <w:latentStyles w:count="260" w:defQFormat="0" w:defUnhideWhenUsed="1" w:defSemiHidden="1" w:defUIPriority="99" w:defLockedState="0">
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Normal"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="9" w:semiHidden="0" w:name="heading 1"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 2"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 3"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 4"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 5"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 6"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 7"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 8"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 9"/>
+    <w:lsdException w:uiPriority="99" w:name="index 1"/>
+    <w:lsdException w:uiPriority="99" w:name="index 2"/>
+    <w:lsdException w:uiPriority="99" w:name="index 3"/>
+    <w:lsdException w:uiPriority="99" w:name="index 4"/>
+    <w:lsdException w:uiPriority="99" w:name="index 5"/>
+    <w:lsdException w:uiPriority="99" w:name="index 6"/>
+    <w:lsdException w:uiPriority="99" w:name="index 7"/>
+    <w:lsdException w:uiPriority="99" w:name="index 8"/>
+    <w:lsdException w:uiPriority="99" w:name="index 9"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 1"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 2"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 3"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 4"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 5"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 6"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 7"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 8"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 9"/>
+    <w:lsdException w:uiPriority="99" w:name="Normal Indent"/>
+    <w:lsdException w:uiPriority="99" w:name="footnote text"/>
+    <w:lsdException w:uiPriority="99" w:name="annotation text"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="99" w:semiHidden="0" w:name="header"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="99" w:semiHidden="0" w:name="footer"/>
+    <w:lsdException w:uiPriority="99" w:name="index heading"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="35" w:name="caption"/>
+    <w:lsdException w:uiPriority="99" w:name="table of figures"/>
+    <w:lsdException w:uiPriority="99" w:name="envelope address"/>
+    <w:lsdException w:uiPriority="99" w:name="envelope return"/>
+    <w:lsdException w:uiPriority="99" w:name="footnote reference"/>
+    <w:lsdException w:uiPriority="99" w:name="annotation reference"/>
+    <w:lsdException w:uiPriority="99" w:name="line number"/>
+    <w:lsdException w:uiPriority="99" w:name="page number"/>
+    <w:lsdException w:uiPriority="99" w:name="endnote reference"/>
+    <w:lsdException w:uiPriority="99" w:name="endnote text"/>
+    <w:lsdException w:uiPriority="99" w:name="table of authorities"/>
+    <w:lsdException w:uiPriority="99" w:name="macro"/>
+    <w:lsdException w:uiPriority="99" w:name="toa heading"/>
+    <w:lsdException w:uiPriority="99" w:name="List"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number"/>
+    <w:lsdException w:uiPriority="99" w:name="List 2"/>
+    <w:lsdException w:uiPriority="99" w:name="List 3"/>
+    <w:lsdException w:uiPriority="99" w:name="List 4"/>
+    <w:lsdException w:uiPriority="99" w:name="List 5"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet 2"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet 3"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet 4"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet 5"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number 2"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number 3"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number 4"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number 5"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="10" w:semiHidden="0" w:name="Title"/>
+    <w:lsdException w:uiPriority="99" w:name="Closing"/>
+    <w:lsdException w:uiPriority="99" w:name="Signature"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="1" w:name="Default Paragraph Font"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text Indent"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue 2"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue 3"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue 4"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue 5"/>
+    <w:lsdException w:uiPriority="99" w:name="Message Header"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="11" w:semiHidden="0" w:name="Subtitle"/>
+    <w:lsdException w:uiPriority="99" w:name="Salutation"/>
+    <w:lsdException w:uiPriority="99" w:name="Date"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text First Indent"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text First Indent 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Note Heading"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text Indent 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text Indent 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Block Text"/>
+    <w:lsdException w:uiPriority="99" w:name="Hyperlink"/>
+    <w:lsdException w:uiPriority="99" w:name="FollowedHyperlink"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="22" w:semiHidden="0" w:name="Strong"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="20" w:semiHidden="0" w:name="Emphasis"/>
+    <w:lsdException w:uiPriority="99" w:name="Document Map"/>
+    <w:lsdException w:uiPriority="99" w:name="Plain Text"/>
+    <w:lsdException w:uiPriority="99" w:name="E-mail Signature"/>
+    <w:lsdException w:uiPriority="99" w:name="Normal (Web)"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Acronym"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Address"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Cite"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Code"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Definition"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Keyboard"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Preformatted"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Sample"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Typewriter"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Variable"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="99" w:name="Normal Table"/>
+    <w:lsdException w:uiPriority="99" w:name="annotation subject"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Simple 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Simple 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Simple 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Classic 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Classic 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Classic 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Classic 4"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Colorful 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Colorful 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Colorful 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 4"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 5"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 4"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 5"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 6"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 7"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 8"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 4"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 5"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 6"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 7"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 8"/>
+    <w:lsdException w:uiPriority="99" w:name="Table 3D effects 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table 3D effects 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table 3D effects 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Contemporary"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Elegant"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Professional"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Subtle 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Subtle 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Web 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Web 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Web 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Balloon Text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="39" w:semiHidden="0" w:name="Table Grid"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Theme"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 6"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+  <w:style w:type="paragraph" w:default="1" w:styleId="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00736C13"/>
+    <w:uiPriority w:val="0"/>
     <w:pPr>
       <w:spacing w:line="590" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="方正仿宋_GBK" w:eastAsia="方正仿宋_GBK" w:hAnsi="黑体" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="方正仿宋_GBK" w:hAnsi="黑体" w:eastAsia="方正仿宋_GBK" w:cs="Times New Roman"/>
+      <w:kern w:val="2"/>
       <w:sz w:val="32"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="a0">
+  <w:style w:type="character" w:default="1" w:styleId="5">
     <w:name w:val="Default Paragraph Font"/>
-    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:uiPriority w:val="1"/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="a1">
+  <w:style w:type="table" w:default="1" w:styleId="4">
     <w:name w:val="Normal Table"/>
-    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="a2">
-    <w:name w:val="No List"/>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="1"/>
+    <w:link w:val="7"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+      <w:snapToGrid w:val="0"/>
+      <w:spacing w:line="240" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="1"/>
+    <w:link w:val="6"/>
     <w:unhideWhenUsed/>
-  </w:style>
-[...3 lines deleted...]
-    <w:link w:val="Char"/>
+    <w:qFormat/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed/>
-    <w:rsid w:val="001519A6"/>
     <w:pPr>
       <w:pBdr>
-        <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="1"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:line="240" w:lineRule="atLeast"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Char">
+  <w:style w:type="character" w:customStyle="1" w:styleId="6">
     <w:name w:val="页眉 Char"/>
-    <w:basedOn w:val="a0"/>
-    <w:link w:val="a3"/>
+    <w:basedOn w:val="5"/>
+    <w:link w:val="3"/>
+    <w:qFormat/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="001519A6"/>
     <w:rPr>
-      <w:rFonts w:ascii="方正仿宋_GBK" w:eastAsia="方正仿宋_GBK" w:hAnsi="黑体" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="方正仿宋_GBK" w:hAnsi="黑体" w:eastAsia="方正仿宋_GBK" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
-[...2 lines deleted...]
-    <w:link w:val="Char0"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="7">
+    <w:name w:val="页脚 Char"/>
+    <w:basedOn w:val="5"/>
+    <w:link w:val="2"/>
+    <w:qFormat/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed/>
-[...8 lines deleted...]
-    </w:pPr>
     <w:rPr>
-      <w:sz w:val="18"/>
-[...10 lines deleted...]
-      <w:rFonts w:ascii="方正仿宋_GBK" w:eastAsia="方正仿宋_GBK" w:hAnsi="黑体" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="方正仿宋_GBK" w:hAnsi="黑体" w:eastAsia="方正仿宋_GBK" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 主题">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -3859,69 +3567,66 @@
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
-  <a:extraClrSchemeLst/>
-[...4 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
-  <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>290</Words>
-[...2 lines deleted...]
-  <DocSecurity>0</DocSecurity>
+  <Words>1790</Words>
+  <Characters>1806</Characters>
   <Lines>13</Lines>
   <Paragraphs>3</Paragraphs>
+  <TotalTime></TotalTime>
   <ScaleCrop>false</ScaleCrop>
-  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1945</CharactersWithSpaces>
-[...2 lines deleted...]
-  <AppVersion></AppVersion>
+  <CharactersWithSpaces>1806</CharactersWithSpaces>
+  <Application>WPS Office_12.1.0.17827_F1E327BC-269C-435d-A152-05C5408002CA</Application>
+  <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <dc:subject/>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>PC</dc:creator>
-  <cp:keywords/>
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastPrinted></cp:lastPrinted>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
-[...1 lines deleted...]
-  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
+    <vt:lpwstr>2052-12.1.0.17827</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
+    <vt:lpwstr>669340AAC2F447D5B8DDF72878188E25_12</vt:lpwstr>
+  </property>
+</Properties>
+</file>